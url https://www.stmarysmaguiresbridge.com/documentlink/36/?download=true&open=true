--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -1,12010 +1,14832 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="007F6DD2" w:rsidRPr="00D47FE8" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="1D3AC4B5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00D47FE8" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47FE8">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve">ST MARY’S PRIMARY </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRPr="00D47FE8" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="729912B1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00D47FE8" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47FE8">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>SCHOOL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRPr="00D47FE8" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="756F0051" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00D47FE8" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRPr="00D47FE8" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="3E6C128B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00D47FE8" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47FE8">
         <w:rPr>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:object w:dxaOrig="9585" w:dyaOrig="7185">
+        <w:object w:dxaOrig="9585" w:dyaOrig="7185" w14:anchorId="3A38BB0D">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:152.75pt;height:115.85pt" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:152.75pt;height:115.2pt" o:ole="">
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="RM.ColourMagic.2" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1725693110" r:id="rId8"/>
+          <o:OLEObject Type="Embed" ProgID="RM.ColourMagic.2" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1812295616" r:id="rId8"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRPr="00D47FE8" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="531046B8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00D47FE8" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F478F2" w:rsidRDefault="009E34B1" w:rsidP="007F6DD2">
+    <w:p w14:paraId="1AB47794" w14:textId="77777777" w:rsidR="00015C0E" w:rsidRDefault="00015C0E" w:rsidP="00924D16">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
         <w:t>Special</w:t>
       </w:r>
-      <w:r w:rsidR="007F6DD2">
+    </w:p>
+    <w:p w14:paraId="3275F416" w14:textId="0F35B6DA" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Educational </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007F6DD2" w:rsidRPr="00D47FE8">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
-        <w:t>Needs Policy</w:t>
-[...34 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> Educational </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47FE8">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
-        <w:t>September 2022</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009E34B1">
+        <w:t>Needs Policy</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="5F995F1D" w14:textId="6A9E0D04" w:rsidR="002A4153" w:rsidRDefault="002A4153" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7221B167" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>CONTENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="119FAC37" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="359E6DC2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Definition</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="19E572A9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="126C864E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Aims</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="686907B2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="20591BB2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Organisation and Operation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="158841F3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="2756C94A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">4a.   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Identification, Assessment, Provision and Review</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="4774F6B2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRPr="006377C8" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="6D28EA32" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">     4b.   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Code of Practice Procedures and Record Keeping.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRPr="00341A6D" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="55AD70B5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79C9A2FF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00341A6D" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341A6D">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>4c.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00341A6D">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve">     5a.   </w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00341A6D">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Parental Involvement</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRPr="00341A6D" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+        <w:t>SENDO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="477F0945" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00341A6D" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00341A6D">
+    <w:p w14:paraId="6F9386FD" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00341A6D" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve">     5b.   </w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00341A6D">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">     5a.   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341A6D">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Parental Involvement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09AE7978" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00341A6D" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0576B741" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00341A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     5b.   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Access</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="3660F71B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="40F48D04" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Staff Development</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="00D2B3DD" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="2E4ADDDC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Link with Outside Agencies</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="092DF9B9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="43D1E10C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Links with other schools</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="65B35958" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="2C776E2B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Evaluation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="7CCA425B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRPr="006377C8" w:rsidRDefault="007F6DD2" w:rsidP="006377C8">
+    <w:p w14:paraId="76609BFC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">          </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Calibri"/>
+        <w:t xml:space="preserve">          Implementation and Review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="734D075B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Monitoring and Evaluating the SEN Policy</w:t>
-[...10 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D203527" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">          Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A40631" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:bCs/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A8E445E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">Appendices:   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="002D2005">
+    <w:p w14:paraId="7EE19752" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Criteria for Stage 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F772870" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Criteria for Stage 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09573013" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Criteria for Stage 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DC0524" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Criteria for Stage 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BE37C7" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Criteria for Stage 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736EB750" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roles and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>responsibilities  -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Class teacher, Principal,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797B7916" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>S E N C O</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E1391B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Board of Governors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B587AE1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C6EDACF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43CD2592" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30271AF2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Definition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674185A3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57B0A23E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Statutory legislation establishes the right that “all pupils are entitled to access to the full curriculum”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4D112C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>For a pupil in a catholic school it is declared that “every person has an unalienable right to an education corresponding to his/her proper destiny and suited to his/her talents”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9886FF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Gravissimum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Educationalist)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7FBF73" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E07E50" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>“At the heart of the work of every school and every class lies a cycle of planning, teaching and assessing.  These general arrangements in a school take account of the wide range of abilities, aptitudes and interests which children bring to school.  Most children learn and progress well within these arrangements; those who have difficulty in doing so may have Special Educational needs:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="195A8D3F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Par 2:1 Special Educational Needs -</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E9569E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="7200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -  Code of Practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FACD619" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="7200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="149E49BD" w14:textId="777046D7" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The code of Practice defines </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Special</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Educational needs as a learning difficulty which calls for Additional Educational provision to be made.  “Learning difficulty means that the child has significantly greater difficulty in learning than the majority of children of his or her age and/or has advisability which hinders his/her use of everyday educational facilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177F842C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>“Special Educational provision “means educational provision which is different from or additional to the provision made generally for children of comparable age.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FE3B6B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Par 1:4 Special Educational Needs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="613A2A85" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Code of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Practice  -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sept. 1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F7E286E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75E1BDF4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>In operating this Special Education Needs policy document we will adhere to the statutory legislation and Catholic ethos and will fulfil our statutory duty under Article 4(2) of the Education (N.I) Order 1996 by having regard to the Code of Practice for Additional Educational Provision and the Additional Educational Needs Disability Order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70412A1B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EF94061" w14:textId="0A1D0001" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For the purposes of this policy </w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Special</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Educational Needs refers to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B277261" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="035B9C01" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A child who has significantly greater difficulty in learning than the majority of his peer group.  This can be:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7C7EA5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F136730" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>A pupil, who after following a structured programme, is working more or less at his/her ability but requires some support to maintain this level.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266AA855" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64C87D26" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A pupil who is progressing slower than expected due to a registered medical condition or poor </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A760473" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      attendance pattern.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C95B454" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A pupil who is underachieving in comparison to his/her ability, therefore requiring additional </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3633BA6E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7983E579" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54075927" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A pupil who has emotional and/or behavioural difficulties which are impacting on his/her </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F4134C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      learning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06951431" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20345D84" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>A pupil who has a disability which either prevents or hinders him/her from making use of the</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F44FE5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     educational facilities available to children of a similar age.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA9CDD9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="734AC682" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>A pupil with high average to exceptional ability who may need special provision.  Such gifted</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16AE70C6" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     children need an improvement in the quality of work rather than in the quantity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D292609" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Aims of the Additional Educational Needs Policy in St Mary’s Primary School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA4F365" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="491A5883" w14:textId="6E70D826" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To identify all children requiring </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Speci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al Educational needs in St Mary’s </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C265F2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46CDABE9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To continually promote a positive </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>self image</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> among all children and to provide opportunities so that the children feel happy and secure in their educational endeavours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B48EFEC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18290841" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>To provide appropriate support for those pupils by working with colleagues, parents and outside agencies in line with the general aims of the school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792E5F15" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03028EAF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>To intervene as early as possible once identification has taken place, so as to ensure there is adequate and appropriate support for all pupils and that it provides a framework for S E N pupils to succeed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14289257" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7382C103" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To ensure whole school involvement in the provision for special needs pupils.  All members of the school community, Governors, Principal, Staff, parents and outside agencies will work in         partnership to ensure continual appropriate provision for pupils with Additional Educational needs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3383C7" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25535484" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>To ensure as far as possible that each child leaves St Mary’s Primary School with the core skills of literacy, numeracy and social independence that are required for post primary school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DE2319" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CF53313" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>To develop and evolve as a dyslexic friendly school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B53432" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43A04944" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>To ensure that our assessment, testing and support is sensitive and does not place excessive demands on the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77278D24" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="435E9D4E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To ensure that in the assessment of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>pupils</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> due regard is paid to professional judgement of the teacher as well as the class performance and family history of the pupil.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC5A3A9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C245A91" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To develop professional and supportive relationships with all staff and the various external </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B35428" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     agencies so as to continually improve the quality of our special needs support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB0302A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7534867C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To continually target areas for development within special needs so as to ensure all pupils </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="7B182AF8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     a curriculum which meets their individual needs and aids their progress.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693569E5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="412C757F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61A453EA" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78341C7C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Organisation and Operation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0235B125" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60D981BA" w14:textId="60ECDB25" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ms Gordon is the </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2C99">
+        <w:t>Speci</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">al Educational Needs Co-ordinator (S.E.N.C.O.) and she has responsibility for the day-to-day operation of the policy.  Mrs O’ Hanlon and Mrs </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2C99">
+        <w:t>Mohan</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> provides withdrawal support for P3 – P7 pupils three </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>afternoons  each</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> week .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="135299A3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62DCBD42" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NATURE OF SUPPORT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49556BE9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D19A8CD" w14:textId="5212387C" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The overall responsibility for identifying and making provision for a pupil with </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Speci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al Educational needs rests with the classroom teacher, who will continually differentiate to cater for all pupils appropriately.  In providing learning support for our pupils, we have opted for withdrawal of small peer groups from class and in-class support for individual children.   At present due to the needs of the children requiring </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>support and the desire to target the learning needs to pupils as effectively as possible we feel that currently this is the most appropriate method to use</w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to support cognition and learning needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C6DB48A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B3D38B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78C76B49" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>TIME ALLOCATION OF SUPPORT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="156BD006" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64183D6F" w14:textId="075A6205" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The majority of pupils in St Mary’s Primary School on the S.E.N. register </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at Stage </w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the Code of Practice.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Children will receive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>school based</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support throughout the cycle of their IEP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F9C190" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58837CEA" w14:textId="2B26E29D" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>As in every school, there is always a minority of pupils who may require more</w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> intensive support</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> than the majority of children with special education needs.  It is anticipated that children who require more intensive help </w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be prioritised. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ext</w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ernal support can be requested through the Graduated Response framework and the Impact teams. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The school will </w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use this framework to consistently review the level of support needed and provided to meet each child’s needs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="475C0169" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FAF0245" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67F6E4D6" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4a.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Identification, Assessment and Review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B5C26F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28F0C3E3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>The learning difficulties of a pupil can be identified in a number of ways.  These are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3797B1B5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51894937" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>by a pre-school agency</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACAA25E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>identified by a parent and related to St Mary’s Primary School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC3AC63" w14:textId="38C93FA0" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">identified by the class teacher as a result of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>day to day</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> classwork and the difficulties encountered by the pupil which will be recorded on a </w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pre PLP form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, aided and monitored by the class teacher and whereupon the class teacher feels the child has made little progress even with the in-class support the child has received for his/her difficulty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FB953AA" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the result of a medical examination in which it is discovered that the medical problems a child has are affecting the way that he/she learns</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CB8AB5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>a referral from an outside agency such as a doctor, C.M.O., social services, the hospital and the E.W.O.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2295159A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the transferred report forms for children transferring </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>in to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6A723C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AAD57F7" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Identification</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57147559" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46E6B046" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The following identification procedures will be implemented at the various stages as outlined:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B053836" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="324A2DBC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Reception</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Teacher observation/monitoring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C94F06" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Parental referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE98F31" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>External agency referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E2727DD" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SENCO observation as required</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3113B0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78CD2EEF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Primary 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Teacher observation/monitoring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="728E8B85" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Parental referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618B6187" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>External agency referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B296DC2" w14:textId="7E1824D5" w:rsidR="00924D16" w:rsidRDefault="00AC36E0" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Principal/</w:t>
+      </w:r>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SENCO observation as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3F646CAA" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2520" w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Infant Language Link for all pupils in October </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA990A6" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2520" w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SEN referral as required </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261EF072" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2520" w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Baseline Progress</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFB0B7A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F3F46E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Primary 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Teacher observation/monitoring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F4E0C7" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Parental referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5FEA57" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>External agency referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CADE05A" w14:textId="065498C2" w:rsidR="00924D16" w:rsidRDefault="00AC36E0" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Principal/</w:t>
+      </w:r>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SENCO observation as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="7584B7E1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2520" w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SEN referral as required </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8F351C" w14:textId="11FA441B" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2520" w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Screening of standardised tests by SENCO and Assessment Co-ord</w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>inator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F57579" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AA87800" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Primary 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Teacher observation/monitoring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C10780F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Parental referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EDAAC0A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>External agency referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2606FE9C" w14:textId="0C210B0E" w:rsidR="00924D16" w:rsidRDefault="00AC36E0" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Principal/</w:t>
+      </w:r>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SENCO observation as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="75626DA0" w14:textId="0B65AD69" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Screening of standardised tests by SENCO and Assessment Co-ord</w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>inator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1493DA" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pre-Cat</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C78EE6F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="665FE2CD" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078CC172" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Primary 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Teacher observation/monitoring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE5E644" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Parental referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37BF8CDB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>External agency referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A8B7258" w14:textId="699FFF6A" w:rsidR="00924D16" w:rsidRDefault="00AC36E0" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Principal/</w:t>
+      </w:r>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SENCO observation as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="62AE6A11" w14:textId="241BC1B2" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Screening of standardised tests by SENCO and Assessment Co-ord</w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>inator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5827EEAF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CAT Test for all pupils </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFC879E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08EB7C4A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D0BC5B9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Primary 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Teacher observation/monitoring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57AD35CE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Parental referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF5F362" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>External agency referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3886BE62" w14:textId="64DB05B4" w:rsidR="00924D16" w:rsidRDefault="00AC36E0" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Prinacipal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SENCO observation as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="24428FE4" w14:textId="5F2D2500" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Screening of standardised tests by SENCO and Assessment Co-ord</w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>inator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2896F2F3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41F314F1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25773207" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Primary 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Teacher observation/monitoring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C6ED2A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Parental referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32854E0F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>External agency referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F105B35" w14:textId="51E82653" w:rsidR="00924D16" w:rsidRDefault="00AC36E0" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Principal/</w:t>
+      </w:r>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SENCO observation as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="7187DE36" w14:textId="17414387" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Screening of standardised tests by SENCO and Assessment Co-ord</w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>inator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0464B548" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CAT Tests </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268B41C8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47675917" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62D1B37A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Primary 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Teacher observation/monitoring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DF2D48" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Parental referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D8F475" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>External agency referral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6326E30D" w14:textId="0FDAEBAF" w:rsidR="00924D16" w:rsidRDefault="00015C0E" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Principal/</w:t>
+      </w:r>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SENCO observation as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="65E14C8D" w14:textId="013E67EB" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Screening of standardised tests by SENCO and Assessment Co-ord</w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>inator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F42AD78" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CAT Tests </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C058BD2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BD1A5BF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44D05B8A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08549E18" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3141B3D8" w14:textId="7D1BFA59" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The placement of a child as requiring Stage 1 - Stage </w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provision is decided by the needs of the child and by the judgement of the class teacher and S.E.N.C.O, taking account of all reports by relevant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>personnel.  The following criteria are applied when looking at a child’s requirements when using standardised scores.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409D36FE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A5379B9" w14:textId="09372B40" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If there is a difference of 10 points or more below the cat mean standardised scores, then a child </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with the class teacher’s advice, be placed on the register at Stage 1 where, the child’s progress will be monitored by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00015C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">principal, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>S.E.N.C.O  and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the class teacher.  The decision to place a child on the register will be a holistic decision based on assessment, evaluation of class performance, family history and professional discussion.  The withdrawal </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC36E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SEN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support is in addition to the normal, in class differentiated support, for those pupils who require it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F71AB0A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>This provision will be provided within the available resources of the school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66BB69A2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED0653C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BC89286" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Provision</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38AA15D1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED840A0" w14:textId="144D2A40" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="005A4E14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The level of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC36E0">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">EN provision will be dependent on the needs of the child.  Withdrawal support provision will be available 3 afternoons per week 2-3pm. Children on the SEN register will access small group withdrawal support to address their additional learning needs with Mrs O’ Hanlon and Mrs </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC36E0">
+        <w:t>Mohan</w:t>
+      </w:r>
+      <w:r w:rsidR="005A4E14">
+        <w:t xml:space="preserve"> Decisions will be communicated by SENCO to assessment co-ordinator. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The provision agreed will be identified within Individual Education Plans for stage </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC36E0">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC36E0">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pupils (the implementation of which is the responsibility of the SENCO, the learning support teacher and the class teacher).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="593416A9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E5637BF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Arrangements for Supporting Dyslexic Pupils</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA578E0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="431ADEB9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>As a school and a staff, we recognise the specific challenges that dyslexic pupils encounter when trying to access the curriculum.  In order to ensure that such pupils have the best learning opportunities as possible, we will at all times endeavour to implement strategies that will facilitate this access.  The strategies that we will implement will include some of the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78DF45A2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="287F3D4E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>WALT is displayed and discussed at the beginning of lessons</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345FB114" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>The classroom environment is airy, well lit, well organised and movement is minimised as much as possible</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56191AA4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>There will be consistent links to previous lessons</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1FDF45" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sufficient </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>work space</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be created for all pupils</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC51DCE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Multi-sensory approaches will be utilised during lessons</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E15231A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Collaborative working will be encouraged (study buddies)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF09048" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Dyslexic pupils will be given clear and singular instruction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DC1352" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Dyslexic pupils will not be required to multi-task</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43DDD953" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All lessons will be logical in nature and regularly linked to previous learning points </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E72942" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visual aids, colour and preferential seating arrangements will be utilised </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F26963B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Additional time will be available to dyslexic pupils for task completion </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765E1352" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Feedback will be positive and constructive </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12183258" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plenary sessions will be held at the conclusion of lessons </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45500FB1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B76DC35" w14:textId="3D619DF8" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Further advice and guidance on supporting dyslexic pupils is available from the SENCO, M</w:t>
+      </w:r>
+      <w:r w:rsidR="005A4E14">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s Gordon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EAAE1B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B25F4EA" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="001032F0" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001032F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3163D6" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63CFF6BC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>An evaluation of pupil’s progress through their education plans will be undertaken on a regular basis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C397D03" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="047DB974" w14:textId="3DC64BBD" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Those pupils on Individual Education Plans will have their progress formally reviewed t</w:t>
+      </w:r>
+      <w:r w:rsidR="005A4E14">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>wice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6640570D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D588B9A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Following evaluation of plans, new plans will be created in consultation with parents and pupils.  Evaluated plans will be forwarded to the SENCO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F072C7" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B702259" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4b.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Code of Practice Procedures and Record Keeping</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E272F2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="056073C0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">From entry to the school a pupil profile will be maintained on each child.  This profile will hold samples of work, test scores and school reports.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60454B50" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>In addition the SENCO will maintain a folder on each child registered on the Code of Practice which will have details of the child’s learning, provision made by outside agencies and S.E.N. reports on the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D672F9A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The child’s name will also be entered/removed as necessary on the special education needs school register.  Parents will be informed if their child(ren) is placed on or removed from the register.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9A043B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61A12ABE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EF196A8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5a   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Parental Involvement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152DB0DB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14E684EC" w14:textId="4F0009E3" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“The relationship between the parents of a child with </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4E14">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Special</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Educational needs and their child’s school has a crucial bearing on the child’s educational progress and the effectiveness of any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>school based</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> action”.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A861086" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                                   Par </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2:21  Code</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Practice  Sept 1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3434C6C3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B9F7C3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In St Mary’s Primary School, parents are welcomed into school and encouraged to participate fully in their child’s education.  Parents are invited to their child’s review and are invited to parent teacher meetings annually. The parents also receive a written report on the child in June of each year.  In effect St Mary’s Primary School pursues the creation of a ‘partnership with parents’ for all of its pupils including children receiving S.E.N. help. Parents are valued partners in the education of their children and are fully involved in the planning, reviews and evaluation of their children’s progress. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6462D445" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E765281" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="001032F0" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001032F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Complaints Procedure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C47E6DE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D70C1D7" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At St Mary’s Primary School we attempt to ensure that complaints do not arise by continually striving to ensure that communication lines between home and school are clear and well maintained and that all parental views are listened to and responded to appropriately.  However, if complaints do </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>arise</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they are dealt with as outlined in the school’s complaints policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C94439" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Copies of the school complaints procedure are available from the school office.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="394B26DC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D9CFCE2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A9E187B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E1E113A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5b. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Access</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6287E983" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="131621C8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>At St Mary’s Primary School we will continue to target areas for development so as to ensure all pupils in our school will have access to a ‘balanced and broadly based curriculum’ which meets the needs of the pupils and aids their progress.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="531AAB4E" w14:textId="7C2CF95D" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">With regard to children with </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4E14">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Speci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>al Educational needs and physical disabilities, all children will have access to an education at St Mary’s Primary School and the school will cater for all children while:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="412AAB46" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>The placement is appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF97167" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>The budget and staffing level within the school can effectively manage the individual child’s needs and provide the best education for that child</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28802F25" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>That the physical environment of the school is the most suitable for the child’s needs during his/her primary education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589D7728" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BF115C5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ADCF10B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Staff Development</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691821F6" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DDBDAF1" w14:textId="79D421D6" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In order for all children at St Mary’s Primary School to receive a broad and balanced curriculum suitable for the child’s ability level the staff must be trained and regularly informed of the current issues and philosophies in </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4E14">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Special</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566B4410" w14:textId="7B513C79" w:rsidR="00924D16" w:rsidRDefault="005A4E14" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Special</w:t>
+      </w:r>
+      <w:r w:rsidR="00924D16">
+        <w:t xml:space="preserve"> needs issues will be given priority in the school and the staff will take part in inset meetings and training for</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Special</w:t>
+      </w:r>
+      <w:r w:rsidR="00924D16">
+        <w:t xml:space="preserve"> Educational needs provided by the SENCO and outside agencies. Inset training will be given according to the needs identified in the School Development Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and available training.</w:t>
+      </w:r>
+      <w:r w:rsidR="00924D16">
+        <w:t xml:space="preserve">  Information that is received by the SENCO through outside agencies and/or by training courses will be communicated to the whole staff on a regular basis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1F04F5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D0E2176" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2226B2D1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Links with other agencies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A6B4A6" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="336D0B0A" w14:textId="32AA49DB" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paragraph 2:30 of the Code of Practice states that “effective action on behalf of children with </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4E14">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Special</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Educational needs will often depend upon close co-operation between education and health and social services, who have statutory duties to help each other”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794D4417" w14:textId="5B4BDD30" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Our aim at St </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4E14">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Mary’s is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to give all our pupils access to a broad and balanced curriculum.  For pupils with </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4E14">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Special</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Educational needs, that require specialist help there are extensive links with external agencies to ensure that the pupils get the most appropriate form of help.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243A0ECF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6256D6C4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The school maintains links with the following Educational based agencies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="387A068E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C5A37E6" w14:textId="4E7F9932" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Psychologist - currently Mrs </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4E14">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Zara Simmons</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1F42E0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Visual Impaired /Hearing Impaired teacher</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="065580CB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reading Centre Staff </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DEB7B0" w14:textId="167134DA" w:rsidR="00924D16" w:rsidRPr="005A4E14" w:rsidRDefault="00924D16" w:rsidP="005A4E14">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Language unit/outreach service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4E14">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5939E22F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="004E1E87" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E1E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Behaviour Advisory team  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA6F9AC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M.L.D. outreach service </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A7A8041" w14:textId="0C64BB9D" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="005A4E14">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Travellers Support/Liaison teacher </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788C5B6B" w14:textId="1BFBD8F6" w:rsidR="005A4E14" w:rsidRDefault="005A4E14" w:rsidP="005A4E14">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SPLD support</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66391E59" w14:textId="3B593977" w:rsidR="005A4E14" w:rsidRPr="005A4E14" w:rsidRDefault="005A4E14" w:rsidP="005A4E14">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>AIIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="089717FB" w14:textId="24AE9918" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Most of the educational based specialist help is accessed through</w:t>
+      </w:r>
+      <w:r w:rsidR="00435A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RFI portal.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  The educational psychologist will visit the school </w:t>
+      </w:r>
+      <w:r w:rsidR="00435A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in term one for a consultation meeting regarding children identified at </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stage </w:t>
+      </w:r>
+      <w:r w:rsidR="00435A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00435A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>or 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  The number of assessments </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided on a time allocation basis by the Educational Psychology Service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277FADE9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="683F802F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The health and social services agents with whom St </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Mary’s  is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> extensively involved are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67258248" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="250403FC" w14:textId="035BF8AD" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Community medical officer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2619AFBE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>General Practitioners from all health centres</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4277D3A8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Social Services - social worker/key workers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09FFA063" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Welfare officers- </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB8ACF7" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Paediatric Consultants - Hospitals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD03FA4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Paediatric Specialists - Royal Victoria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39267475" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Occupational Therapy/Physiotherapy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="134E8C57" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Speech and language therapists, Health Centres</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476AA54B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Liaison with the outside agencies is on a continual basis through the whole school year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61541738" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="720BAB8A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Links with other schools</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C0B210" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F7BDD11" w14:textId="1BA4771D" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">St Mary’s maintains links with S.E.N.C.O. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5801">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> other schools so as to continually share and upgrade knowledge of special needs issues and expertise.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5801">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The school is involved in cluster group for SENCO, Pathways into Partnership.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  During the primary seven transfer year, a special needs report is created and this is sent to the secondary or grammar schools that the pupils enter. It details the Code of Practice stage provision for each child, their </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5801">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>standardised scores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5801">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>nature of their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> difficul</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5801">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ty</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.  This report ensures continuity of provision when they enter secondary level education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DDC9311" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5202CE5D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50B3A1CC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Evaluation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1652EB0D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06100055" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The criteria used to measure the success of withdrawal provision for pupils with special needs will be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>two fold</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EE96F9B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Quantitative progress will be measured using the diagnostic and progress tests and observation by class and learning support teachers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6B6606" w14:textId="6F40198F" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The qualitative progress will be measured on how well the child has progressed physically, socially, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5801">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>emotionally</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and how their self-esteem has increased.  This will be done through </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>teachers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> observation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F35D06A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E896359" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>The effectiveness of the S.E.N. school policy will be measured through the following procedures:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B53C4D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ED7302F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Assessment of implementation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00606F98" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Identification of effectiveness of teaching, learning and assessment via 9(a) + (b)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA5B8A5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">New agenda and issues will be addressed to upgrade the policy and implemented as soon as possible. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A93BAF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Annual review involving the whole teaching team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25634ABA" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D36764C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D6544E2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Implementation and Review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111074EF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F62BEB4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A3ADCFA" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Responsibility for the implementation of the SEN policy rests with the SENCO, Ms Gordon and the entire school.  All staff have a professional and moral responsibility to deliver the agreed school policies of which this is one.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3C37A3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="542F59BB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>The SENCO, Ms Gordon, is responsible for this review in consultation with the principal and the staff.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37923BE4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00107552" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="127175F3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C6B6BC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="535D080E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The resources held centrally in the staff room and primary one classroom </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an extensive range of materials designed to help children with special needs.  The material types are physical and learning materials:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="330AECD5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="452C88DC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="588B45D3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>The physical resources are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72028AB0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="664EF5A0" w14:textId="77777777" w:rsidR="00CB5801" w:rsidRDefault="00CB5801" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Chromebooks</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668F7660" w14:textId="59EFF9CC" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>iPads</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BD2535" w14:textId="7836EACE" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Headphone and recorder</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5801">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B491E0B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>C2k computer resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F128A40" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>My School SEN resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454E95A3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>School Website resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CF66A1" w14:textId="29FC51DA" w:rsidR="00924D16" w:rsidRDefault="00CB5801" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reading Eggs </w:t>
+      </w:r>
+      <w:r w:rsidR="00924D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>and Mathletics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A11538" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stile Tiles and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>workcards</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="53B7BA04" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A681FE4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Two secure cabinets for confidential records</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179C5203" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6302EAF2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01FC260D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>The learning material can be described under the following headings:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="414C75EC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D54B73A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Phonic material:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26060A68" w14:textId="0FBF2AA8" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Sounds Write S</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5801">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>pelling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CA058E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Read Write Inc, phonics resource materials </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>sheets</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="71440741" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rhyme and Alliteration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF25B10" w14:textId="4E525338" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00CB5801">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="229C381A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E20F544" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Reading Material</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316E17E8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6797EFD4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Harbington</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reading scheme</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD87BF8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wellington Square entire scheme, flashcards and workbooks</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E18BEC5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oxford Reading Tree Tops readers and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>copymasters</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="465B7810" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reading Recovery book bands and levels of various readers. Levels 1- 16</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E19D840" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0089F24F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4721791F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Comprehension material and creative writing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A306B7C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reading for meaning books 1 - 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E985574" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> English practice sheets 1 - 4 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15132214" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Language through reading books 1 -3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0F1210" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prim-Ed Comprehend it books 1 - 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F34BD83" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Prime Ed Comprehension Boxes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3557324B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Language Gap</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D3129B4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Story Strips</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1219E304" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Easy learn creative writing set books 1 - 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0626D76A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prim-Ed word attack books</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B22B183" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Easy learn Story Frames</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D00A451" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CAC73F8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Spelling Material</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE9C1F1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Catchwords</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C21404" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E1E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Sounds Write</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3886B2A6" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E1E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Hampshire Spelling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228051F0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="004E1E87" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>The complete Spelling Programme</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD4308A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Visual Discrimination Material</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A56FB7D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>frosting exercises</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FAF70C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00727A18" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pegboards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E48551" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54DB34F0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Auditory material</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788AC415" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Headphone centre and 10 sets of headphones</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="003A1B9F" w14:textId="3EF8F6DA" w:rsidR="00CB5801" w:rsidRDefault="00CB5801" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Chromebooks</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E916538" w14:textId="06718389" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00CB5801">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AE4FE78" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>iPad apps</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E031571" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="475A4D58" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Writing formations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E55F2C5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Galt Getting ready to write</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="724F6C8B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>L.D.A. Pre-Writing activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C040FCC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72DEF653" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Games and Jigsaws</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E9CB9AC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L.D.A.      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>An assortment of games</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8BEE81" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Schubi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>and jigsaws to enhance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C497772" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Orchard toys</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>learning in all areas of</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39782D2D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Nathan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>special needs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5269EC3E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Hazel mill</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4498D8A5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36BC0EC7" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Number material</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678FC427" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="002D2005">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Starmaths</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> folder and workbooks</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03223C54" w14:textId="67B0CCEA" w:rsidR="00CB5801" w:rsidRDefault="00CB5801" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="002D2005">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Numicon</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11650089" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...21 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="002D2005">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NHM Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD23E9D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...256 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="002D2005">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Stile Number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB90BBE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Easylearn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Number </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Work books</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 – 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C04317E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Mathletics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07EB94D4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73B94BA0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Diagnostic tests</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26972553" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="003E690A" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...2097 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="002D2005">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Infant Language Link</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F7F9FB9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:b/>
-[...31 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Sounds write diagnostic test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427D424A" w14:textId="3F175CAC" w:rsidR="00CB5801" w:rsidRDefault="00CB5801" w:rsidP="00924D16">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...27 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>GL Dyslexic screener test</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1F2305" w14:textId="221E8711" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRPr="00F0744C" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dyslexia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Portfollio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5801">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8F5419" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="449A48C1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE5EFC0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="292B7836" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03AF72FB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CDAC5F8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FE9C389" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75FF5621" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F981776" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68C90439" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02B3F04D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C167B89" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="158E0E24" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="402B34A6" w14:textId="77777777" w:rsidR="00CB5801" w:rsidRDefault="00CB5801" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2633F1C9" w14:textId="77777777" w:rsidR="00CB5801" w:rsidRDefault="00CB5801" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EF9357D" w14:textId="77777777" w:rsidR="00CB5801" w:rsidRDefault="00CB5801" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66218ECB" w14:textId="77777777" w:rsidR="00CB5801" w:rsidRDefault="00CB5801" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05C13D9E" w14:textId="3986095A" w:rsidR="00924D16" w:rsidRPr="00341A6D" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00341A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>APPENDICES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4CCB78" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6620B065" w14:textId="1599EE04" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>St Mary’s Primary School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F1BF287" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E33E4BC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CODE OF </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PRACTICE  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DAC2E8" w14:textId="2046C85F" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CRITERIA FOR STAGE </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E742A7A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="598E6F3F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="484EB76D" w14:textId="4D0C592A" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following description typifies all children at Stage </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Children at stage </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be monitored by the class teacher and the SENCO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EDFADE3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="361E9669" w14:textId="5E5CD925" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">THE PUPIL </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>RECEIVES ADDITIONAL SUPORT WHICH IS DIFFERENT FROM THAT OF THEIR PEERS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E7D15C8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="167DE223" w14:textId="376CA39F" w:rsidR="00924D16" w:rsidRPr="00A93FBD" w:rsidRDefault="00924D16" w:rsidP="00A93FBD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Descriptions of Stage </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Child</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76590957" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50C84A63" w14:textId="6ADFEF46" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A pupil who is under achieving in comparison to his/her ability </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and normal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>class based</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> differentiation is not enough. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EDA9481" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="127FD8DB" w14:textId="33A32A48" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A pupil with a physical difficulty which seriously affects learning to the extent that the child </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>requires individual support.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (This does not include children with a statement or those receiving </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>external</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DAF01AE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DE04BEC" w14:textId="2DD483BB" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A pupil with an emotional and or behavioural difficulty, which seriously affects learning to the extent that the child </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requires individual support.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (This does not include children with a statement or those receiving </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>external</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CD832A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="572DA159" w14:textId="5E6F9EFB" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A pupil with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> communication</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and social interaction difficulties</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, which seriously affects learning to the extent that the child</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requires individual support.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (This does not include children with a statement or those receiving </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>external</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C93AAED" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1811068A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ALL OF THE ABOVE CHILDREN REQUIRE AN IN CLASS OR WITHDRAWAL GROUP EDUCATIONAL PLAN CREATED AND EVALUATED BY THE CLASS TEACHER.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="603497B3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CAC9760" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6438268C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="592BBF8B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E602CE8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00F77D31" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="796192A7" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="617BCA6E" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7520D57E" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00F61D41" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F49CE87" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AA7B252" w14:textId="7CCCFE6E" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>St Mary’s Primary School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E70DF50" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B33CCA3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CODE OF </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PRACTICE  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3E7B7B" w14:textId="36B98C31" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CRITERIA FOR STAGE </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2113F7AD" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16116119" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B39FBD5" w14:textId="6B83E7C8" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>The following description typifies all children at St</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mary’s at stage 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A7F09DE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D1C02FE" w14:textId="2F684210" w:rsidR="00924D16" w:rsidRPr="008D6750" w:rsidRDefault="00924D16" w:rsidP="008D6750">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A stage </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>pupil is a child who is receiving external support from an outside agency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26AB9787" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FE0D3F0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All of the above require an Individual Education Plan.  This educational plan will be drawn up and implemented by the class teacher and the SENCO.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2F5304" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2590761B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>St Mary’s Primary School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320F9F62" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C624793" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CODE OF </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PRACTICE  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01608522" w14:textId="339CC654" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CRITERIA FOR STAGE </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE01BB3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2693A4A1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="091F8A96" w14:textId="3BCAAA5C" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following description typifies all children at Stage </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A1444A8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="169AA24C" w14:textId="51C20E3B" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A stage 4 pupil is a child who has been put forward from a formal assessment for consideration for a statement of </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Speci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>al Educational needs.  This referral can emanate from school, health agency or parent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4550F91A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E713CD3" w14:textId="48D7FCC4" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A pupil who is experiencing very extreme difficulties may be placed on stage </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Code of Practice without having been at stage 1</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if the school principal and SENCO deem it necessary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69375772" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>A pupil with a physical disability and/or multiple difficulties who face barriers to prevent him/her from maximising his/her full educational potential.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B22A6BB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>A pupil with severe emotional behavioural needs who requires extra support from WELB.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B630024" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>A pupil with a medical condition that requires ongoing monitoring and that is affecting the pupil’s attendance and education on an ongoing basis to the point where he/she is seriously under achieving.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6979C0BC" w14:textId="52292510" w:rsidR="00924D16" w:rsidRPr="008D6750" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A pupil with a long term or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>life threatening</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> illness, whose medication and/or the effects of the condition are seriously affecting the pupil’s ability to achieve to his/her potential and is affecting other areas such as attendance, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>self este</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE3D079" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pupils who the SEN panel at WELB have initiated formal assessment for having received SN1 application forms from the school/health authority or a formal written request from parents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C1AC8B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15050A45" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D67AE43" w14:textId="2E2963D1" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All children at stage </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5801">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will require an Individual Education Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D953F32" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31A62892" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>This educational plan will be drawn up and implemented by the class teacher and the SENCO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6F46D9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DFDDC8F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F0318BE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24D8ECBE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30FF05F2" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59AE678F" w14:textId="77777777" w:rsidR="008D6750" w:rsidRDefault="008D6750" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="123C9FE5" w14:textId="77777777" w:rsidR="008D6750" w:rsidRDefault="008D6750" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29EE5B5F" w14:textId="77777777" w:rsidR="008D6750" w:rsidRDefault="008D6750" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="426D2C2C" w14:textId="77777777" w:rsidR="008D6750" w:rsidRDefault="008D6750" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="670B4248" w14:textId="77777777" w:rsidR="008D6750" w:rsidRDefault="008D6750" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EB3A175" w14:textId="77777777" w:rsidR="008D6750" w:rsidRDefault="008D6750" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20FA74AE" w14:textId="77777777" w:rsidR="008D6750" w:rsidRDefault="008D6750" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16CF7B3A" w14:textId="77777777" w:rsidR="008D6750" w:rsidRDefault="008D6750" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B55E971" w14:textId="77777777" w:rsidR="008D6750" w:rsidRDefault="008D6750" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F89EDE4" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="247DC819" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C24ACB7" w14:textId="77777777" w:rsidR="002A4153" w:rsidRDefault="002A4153">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4293F559" w14:textId="4C665055" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>ROLES AND RESPONSIBILITIES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41382868" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2272E5CA" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CE63F37" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>THE CLASS TEACHER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1813E9BD" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EFAB972" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03A936B0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-   initial concern is expressed to or by class </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>teacher;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0DA3C379" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E8EC203" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-   has overall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>responsibility;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="25B5CAC1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A300389" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-   informs SENCO, principal and consults </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>parents;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="2F048C2B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C820897" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-   collects and records information and makes initial assessment of child’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>needs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="039060D3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54DF3B91" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-   provides special help within own class through differentiation, alternative teaching and      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FD1D5E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    learning strategies, or different classroom </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>organisation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="135C6403" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A7577CB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-   monitors and reviews </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>progress;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="67818321" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E9087C4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-   conducts reviews at Stage </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="39B550EE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BEE957F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-   consults with SENCO when </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>appropriate;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0AEA1D94" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="527D74BB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-   consults with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>parents;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="31F40C17" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A80A63E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-   works with Learning Support staff in drawing up an education plan and implement it in the    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34769B33" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    classroom</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="217F376D" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="092973A4" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="452CC4F9" w14:textId="287E1CF4" w:rsidR="00924D16" w:rsidRPr="00DD7495" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>THE  SENCO</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="618D6F4E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09F3DDEE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stage </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.46):  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Senco</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should:-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9597B9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64EA911C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">ensure that child’s name is included on the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>register;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="15CDD796" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14D44500" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">help the class teacher gather information and assess child’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>needs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="2E67CA9F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ED50363" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">advise and support child’s teacher or teachers as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>necessary;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="2CEFCDB3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06B3129D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>in liaison with class teacher decide the outcome of Stage 1 review.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDDC88F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D63E047" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stage </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Senco</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should:-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9FE4D3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="001A551D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">take the lead in assessing the child’s learning difficulty and planning, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D3FE094" w14:textId="43A4438A" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">monitoring and reviewing the </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Speci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al Educational provision, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>working</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6697333B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">with the child’s teachers who remain responsible for working with the </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51953FC1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">child in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>classroom;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="65BBBE28" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">            (paragraph 2.53)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7AE5B6" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BCB6782" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">seek medical advice from the school doctor or the child’s GP and advice </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454ED1C0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">on any involvement with the HSS Trusts, social service or voluntary </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD17F66" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">agencies and decide whether any further advice should be sought before </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F11654A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">drawing up an Educational </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Plan;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="49679DD3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(paragraph 2.54)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271E8E9B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A5199D0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">with class teacher and other teachers as appropriate ensures that an </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0786A1AC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">educational plan is drawn up </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>taking into account</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the child’s own views and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F5068B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ensure that it is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>evaluated;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1D08F224" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3E1B47" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(paragraph 2.55)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A96895" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="361DE449" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">ensure close liaison with and between all relevant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>teachers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="33CB9B4A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="5760"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Paragraph 2.55) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25112666" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DFAD998" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">inform parents of action to be taken and discusses their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>involvement;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3B7A5B16" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Paragraph 2.55)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60051DAD" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F506903" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>with the class teacher and where possible the parents will decide the</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD978E7" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>outcome of Stage 2 review.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FFDD1B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Paragraph 2.57)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D22E93" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F51881B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stage 3:  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The SENCO </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>should:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="65DF5151" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="433F84A4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">decide whether further professional advice is needed before drawing up a new Educational Plan.  SENCO should record any further advice </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D056D9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">being sought and the interim arrangements being </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>made;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="31A0C9C7" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Paragraph 2.61)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0069B662" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72866DF8" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">ensure close liaison with and between relevant teachers with regard </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A35AEEB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="300"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">the implementation of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>EP;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="68843DEB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Paragraph 2.62)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34484454" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="537209D4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>working with class teacher etc as appropriate and with the help of</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EFF683" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">external specialist(s) should ensure that the plan is drawn up and evaluated.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D0DA08" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    Together they should consider the use of a range of strategies and materials </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F492199" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>IT;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="439AC95E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="242BEC5F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Paragraph 2.64)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4417CE74" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60581F17" w14:textId="479E5FE0" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">set a review date (normally after one </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>cycle)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FADA53A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33A85CD1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">convene Stage 3 review </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>meetings;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5CFD80FC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="044A3332" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">in conjunction with the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Principal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inform the Boards when the child moves to Stage 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Paragraph 2.60)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9AAB01" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="219F14CA" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68AB5600" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33C3C336" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3370819A" w14:textId="77777777" w:rsidR="00A93FBD" w:rsidRDefault="00A93FBD" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EED5189" w14:textId="7824B63F" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>THE  PRINCIPAL</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="215DF1E7" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C15EB95" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...78 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="2160" w:hanging="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">determines (in consultation with the Board of Governors) the school’s general policy and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>approach;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5FFB839A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EF487EE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="300" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">establishes appropriate staffing and funding </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>arrangements;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="160F9F43" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705D9318" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="300" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">maintains general oversight of school’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>work;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="50E1040B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6364EB71" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">has responsibility for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>day to day</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> management of SEN provision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A938E6" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43F8AA25" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">works closely with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SENCO;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A41812" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="733C4114" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">keeps Board of Governors </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>informed;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="69999499" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43E6A6FF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-                      must ensure the effectiveness and confidentiality of arrangements made for                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A15052" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       records, especially medical or welfare </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>information;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0192F870" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E519F54" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">gathers further information required from health and welfare </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C5A44A9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>organisations;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E08C476" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4165BE21" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">acts as liaison with Health and Social </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Services;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="773BDAF7" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E4C33E9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="180"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">responsible for transfer of all such information between </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>schools;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5C7046FD" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A602D7A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-                       requests statutory </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>assessment;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="36BD8BCB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20A8C8DC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">may give special directions either modifying or misapplying the </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="062E58CC" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Common Curriculum for up to 6 months, in certain </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>circumstances;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3B11386A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EAE1E17" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>works with the SENCO and class teacher to assess a pre-school child</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C51B32" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(with an assessment) on entry on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>P1;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5CB1018A" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D94E3B4" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">provides advice (either personally or in consultation with teachers) for </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F01854" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">the previous 18 months of a child undergoing statutory </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>assessment;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="4CE2213C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A21E905" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">prepares recommendations for the annual review of a child with a </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F51FB6" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>statement;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="53CE5A1D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E63F1F0" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">convenes (at the Board’s request) a review meeting and prepares a </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B455123" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">review </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>report;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3D469A76" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A0662D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>chairs the above meeting or delegates the above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7CA6DD" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="751A2FF1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00D31847" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+        <w:t>THE BOARD OF GOVERNORS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08AE3195" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Determine and keep under review, its policy in relation to the provision</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB0CC84" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>of education for children with special needs; in so doing when necessary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A29DF3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>To intervene as early as possible once identification has taken place, so as to ensure there is adequate and appropriate support for all pupils and that it provides a framework for S E N pupils to succeed.</w:t>
-[...341 lines deleted...]
-        </w:numPr>
+        <w:tab/>
+        <w:t>or desirable for co-ordinating the provision for SEN children it should</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53923D61" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>consult with the Board and other Boards of Governors or the CCMS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C49A4BB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20416264" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Publish prescribed information with respect to its policy and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0768629C" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>arrangements in respect of pupils with SEN.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A9BAAB3" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50F07F6D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Report annually to parents on the steps taken to implement the school’s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35554FBE" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>SEN policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E0E904" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="225"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="635812BF" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Have regard to its SEN policy in carrying out its functions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D4107D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="300"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Paragraph 2.3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="168962DB" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="300"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FA21E10" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The Board of Governors should, in co-operation with the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Principal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79680F9F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="300"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">determine the school’s general policy and approach, establish </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282C2F5D" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="300"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>appropriate staffing and funding arrangements and maintain</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4221CC24" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="300"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>general oversight of the school’s work.  It might be useful,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A15440" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="300"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>particularly in larger schools, for an SEN committee to be appointed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3929E68E" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="300"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="177E9E1F" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00341A6D">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Organisation and Operation</w:t>
-[...106 lines deleted...]
-        <w:rPr>
+        <w:t>REVIEW</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F84B824" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:ind w:left="300"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
-        </w:rPr>
-[...327 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Identification and </w:t>
-[...7328 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRPr="0060469D" w:rsidRDefault="0060469D" w:rsidP="007F6DD2">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="519935B6" w14:textId="77777777" w:rsidR="00924D16" w:rsidRPr="00D31847" w:rsidRDefault="00924D16" w:rsidP="00924D16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This policy will be reviewed regularly. Responsibility for review rests with the SENCO in conjunction with the principal and staff. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DAE7209" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:ind w:left="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:b/>
-[...55 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2859CB31" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:left w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
           <w:bottom w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:right w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="17D4DD76" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:left w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
           <w:bottom w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:right w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Signed: …………………………………………………………………………….. (Chairperson of St Mary’s PS Board of Governors)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+        <w:t>Signed: …………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Chairperson of St Mary’s PS Board of Governors)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C40B65B" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:left w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
           <w:bottom w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:right w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="39A0ADA1" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:left w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
           <w:bottom w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:right w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Date    ……………………………………………………………………………..</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+        <w:t>Date    …………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6431DAE5" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:left w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
           <w:bottom w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:right w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="67A76220" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:left w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
           <w:bottom w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:right w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Signed: ………………………………………………………………………….. (Principal of St Mary’s PS)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+        <w:t>Signed: ………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Principal of St Mary’s PS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B6C44C9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:left w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
           <w:bottom w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:right w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6DD2" w:rsidRDefault="007F6DD2" w:rsidP="007F6DD2">
+    <w:p w14:paraId="2397A0B9" w14:textId="77777777" w:rsidR="00924D16" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:left w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
           <w:bottom w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:right w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Date    …………………………………………………………………………..</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007F6DD2" w:rsidRPr="00D31847" w:rsidRDefault="0060469D" w:rsidP="007F6DD2">
+        <w:t>Date    ………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0AFD9A8C" w14:textId="46A54D7D" w:rsidR="00924D16" w:rsidRPr="00D31847" w:rsidRDefault="00924D16" w:rsidP="00924D16">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:left w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
           <w:bottom w:val="thinThickThinLargeGap" w:sz="24" w:space="1" w:color="auto"/>
           <w:right w:val="thinThickThinLargeGap" w:sz="24" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Policy Review Date: April 2024</w:t>
-[...9 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+        <w:t xml:space="preserve">Policy Review Date: </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6750">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>June 202</w:t>
+      </w:r>
+      <w:r w:rsidR="002A4153">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1EAF52" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99"/>
+    <w:sectPr w:rsidR="004F2C99" w:rsidSect="003F7773">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
       <w:pgMar w:top="1138" w:right="1138" w:bottom="1138" w:left="1138" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgBorders w:display="firstPage" w:offsetFrom="page">
         <w:top w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="00CC00"/>
         <w:left w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="00CC00"/>
         <w:bottom w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="00CC00"/>
         <w:right w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="00CC00"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+    <w:p w14:paraId="7B2CF714" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+    <w:p w14:paraId="002F6DD4" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5A3AC0F2" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="00924D16">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+  <w:p w14:paraId="1B08F44F" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7C4BA77F" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="00924D16">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00AD62E2">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>21</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+  <w:p w14:paraId="7D65A566" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+  <w:p w14:paraId="3F873A68" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5A371BE8" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+    <w:p w14:paraId="3C8A35D5" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+    <w:p w14:paraId="3DCDD1E9" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="10F4F321" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+  <w:p w14:paraId="201FF7EE" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="00924D16">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+  <w:p w14:paraId="05772F1F" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2AD1B859" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+  <w:p w14:paraId="4A99F92F" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="00924D16">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0059050E" w:rsidRDefault="0059050E">
+  <w:p w14:paraId="0FF96B86" w14:textId="77777777" w:rsidR="004F2C99" w:rsidRDefault="004F2C99">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C10A42D6"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03894FB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0BD89F26"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -12112,461 +14934,166 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="066C0D59"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:nsid w:val="05426894"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="27868456"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="36F4B32E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
-[...1 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
-[...11 lines deleted...]
-      <w:lvlText w:val=""/>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
-[...11 lines deleted...]
-      <w:lvlText w:val=""/>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
-[...11 lines deleted...]
-      <w:lvlText w:val=""/>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
-[...46 lines deleted...]
-        <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...4 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0CC50B54"/>
-[...260 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="112F7E4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="744E6B1E"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -12635,796 +15162,786 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16FF7078"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F812896C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23342E87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="66CC3910"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="17F3074F"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="263B514C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="487E7A08"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="298468F3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="028629BE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
-[...1 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
-[...1 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
-[...1 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2AEB27A0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E334ECAE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
-[...1 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
-[...1 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
-[...1 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
-[...1 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
-[...1 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...314 lines deleted...]
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="24841461"/>
-[...3 lines deleted...]
-      <w:start w:val="1"/>
+    <w:nsid w:val="2CA60771"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ECA40F58"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1CFAF1A0">
+      <w:start w:val="12"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
-[...1 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
-[...11 lines deleted...]
-      <w:lvlText w:val=""/>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
-[...11 lines deleted...]
-      <w:lvlText w:val=""/>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
-[...11 lines deleted...]
-      <w:lvlText w:val=""/>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
-[...46 lines deleted...]
-        <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...4 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2CDD4DFC"/>
-[...147 lines deleted...]
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E565841"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0BC1C6E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13520,349 +16037,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...297 lines deleted...]
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="316B1421"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F976E050"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -13931,705 +16150,810 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37A33958"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5F4EAFAC"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
-[...1 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
-[...1 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="385E2869"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EAAA0B2E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38BB0BA9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="299C8DAE"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="391E7C6B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB0E8A20"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
-[...1 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
-[...1 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
-[...1 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
-[...1 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3ED41348"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C0E25536"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4213123E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="318C387A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
-[...1 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
-[...1 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
-[...1 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...7 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...76 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
-    </w:lvl>
-[...70 lines deleted...]
-      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="41BF7970"/>
-[...325 lines deleted...]
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44290AF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42AC38BA"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -14698,587 +17022,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-[...535 lines deleted...]
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="524578A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF98A108"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -15350,962 +17138,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="557359CF"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57730EBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A39AD382"/>
-[...12 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+    <w:tmpl w:val="D23E44D0"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-[...821 lines deleted...]
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E6D4645"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AA690CC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -16374,51 +17364,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FE22E9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="705A9D8E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16514,51 +17504,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68DE56F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="286ADFF6"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -16627,289 +17617,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
-[...7 lines deleted...]
-      <w:lvlJc w:val="left"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F1E2F85"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5D866064"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...149 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78AD5C2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="36AE18E2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16981,51 +17846,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E612649"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CB254BE"/>
     <w:lvl w:ilvl="0" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -17094,297 +17959,240 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="34"/>
+  <w:num w:numId="1" w16cid:durableId="548808238">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="2" w16cid:durableId="1922450268">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="801340666">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="4" w16cid:durableId="590621269">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="35"/>
+  <w:num w:numId="5" w16cid:durableId="1018116442">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="36"/>
+  <w:num w:numId="6" w16cid:durableId="674693290">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1277367656">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="506559637">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1384519646">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="444620283">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1722510756">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1820681882">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1544437553">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="900411423">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1539393861">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1914654852">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="967859610">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1771772554">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1157459912">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1988969323">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1716201276">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1498577200">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="850027077">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="350422131">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2128499343">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="26" w16cid:durableId="194975228">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="9">
-[...14 lines deleted...]
-  <w:num w:numId="14">
+  <w:num w:numId="27" w16cid:durableId="669019151">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="15">
-[...80 lines deleted...]
-  <w:numIdMacAtCleanup w:val="41"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007F6DD2"/>
-[...14 lines deleted...]
-    <w:rsid w:val="006A1993"/>
+    <w:rsidRoot w:val="00924D16"/>
+    <w:rsid w:val="00015C0E"/>
+    <w:rsid w:val="002A4153"/>
+    <w:rsid w:val="00435A5B"/>
+    <w:rsid w:val="004F2C99"/>
+    <w:rsid w:val="005A4E14"/>
+    <w:rsid w:val="005C29D0"/>
     <w:rsid w:val="006F654E"/>
-    <w:rsid w:val="007E62C2"/>
-[...6 lines deleted...]
-    <w:rsid w:val="009E34B1"/>
+    <w:rsid w:val="008D6750"/>
+    <w:rsid w:val="00924D16"/>
+    <w:rsid w:val="00A447C0"/>
     <w:rsid w:val="00A4736D"/>
-    <w:rsid w:val="00AD62E2"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00FB4A8A"/>
+    <w:rsid w:val="00A66EA8"/>
+    <w:rsid w:val="00A93FBD"/>
+    <w:rsid w:val="00AC36E0"/>
+    <w:rsid w:val="00CB5801"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="364B61C6"/>
+  <w14:docId w14:val="7ED95464"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B808A794-556E-4BC9-9367-AC7E9AD037DA}"/>
+  <w15:docId w15:val="{C81EA6FB-3F09-4E9D-B52F-7B940FA0BE02}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -17712,1364 +18520,272 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       <w:sz w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:qFormat/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       <w:bCs/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
-    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="00924D16"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="007F6DD2"/>
-[...47 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00924D16"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...1048 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stmarysmaguiresbridge.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justice-ni.gov.uk/articles/special-educational-needs-and-disability-tribunal-0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globalmediation.co.uk/service/dars/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eani.org.uk/help-available/dispute-avoidance-and-resolution-service-dars" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eani.org.uk/parents/special-educational-needs-sen/sen-contact-details" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -19293,70 +19009,96 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>28203</Characters>
+  <Pages>19</Pages>
+  <Words>4639</Words>
+  <Characters>26448</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>235</Lines>
-  <Paragraphs>66</Paragraphs>
+  <Lines>220</Lines>
+  <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>19</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="20" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>TIME ALLOCATION OF SUPPORT</vt:lpstr>
+      <vt:lpstr>Identification</vt:lpstr>
+      <vt:lpstr>Provision</vt:lpstr>
+      <vt:lpstr>Review</vt:lpstr>
+      <vt:lpstr>    St Mary’s Primary School</vt:lpstr>
+      <vt:lpstr>    St Mary’s Primary School</vt:lpstr>
+      <vt:lpstr>    St Mary’s Primary School</vt:lpstr>
+      <vt:lpstr>    St Mary’s Primary School</vt:lpstr>
+      <vt:lpstr>        </vt:lpstr>
+      <vt:lpstr>        </vt:lpstr>
+      <vt:lpstr>        </vt:lpstr>
+      <vt:lpstr>        </vt:lpstr>
+      <vt:lpstr>        </vt:lpstr>
+      <vt:lpstr>        </vt:lpstr>
+      <vt:lpstr>        </vt:lpstr>
+      <vt:lpstr>        </vt:lpstr>
+      <vt:lpstr>        </vt:lpstr>
+      <vt:lpstr>        </vt:lpstr>
+      <vt:lpstr>        ROLES AND RESPONSIBILITIES</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>C2k</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33084</CharactersWithSpaces>
+  <CharactersWithSpaces>31025</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>L Gordon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>